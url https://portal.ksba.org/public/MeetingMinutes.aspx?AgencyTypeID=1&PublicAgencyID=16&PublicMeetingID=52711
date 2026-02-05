--- v0 (2025-12-15)
+++ v1 (2026-02-05)
@@ -1,1822 +1,1829 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4875" w:type="pct"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="270" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10530"/>
+        <w:gridCol w:w="10800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE708A" w14:paraId="03D6DAFD" w14:textId="77777777" w:rsidTr="0044538B">
+      <w:tr w:rsidR="00BD72B7" w14:paraId="381C5729" w14:textId="77777777" w:rsidTr="00427A86">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="770B3400" w14:textId="12C00423" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...15 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="69E60360" w14:textId="6A5B37F5" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Finance Corporation of the Boone County Board of Education</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:br/>
-              <w:t>November 13, 2025, 7:00 PM</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>December 11, 2025, 7:00 PM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:br/>
               <w:t>Ralph Rush Professional Development Center</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:br/>
               <w:t>99 Center Street</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:br/>
               <w:t>Florence, Kentucky 41042</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044538B" w14:paraId="79F33DB0" w14:textId="77777777" w:rsidTr="0044538B">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="3BAD3F81" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE29F7C" w14:textId="77777777" w:rsidR="00427A86" w:rsidRDefault="00427A86" w:rsidP="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EA558BE" w14:textId="79BAD74D" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86" w:rsidP="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>I. CALL TO ORDER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384A5F65" w14:textId="48EA401B" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86" w:rsidP="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mr. Jesse Parks, Board Chairperson, called the Finance Corporation meeting of </w:t>
+            </w:r>
+            <w:r w:rsidR="008C48B3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>December 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2025, to order at                                        </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="183A6E86" w14:textId="45C59B28" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86" w:rsidP="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> approximately 8:48 pm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1B62AC" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27106988" w14:textId="0F0EE860" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Attendance Taken at: 7:00 PM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="7CD1DF1E" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0069FB14" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Present Board Members:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="5969A557" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A696C3A" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ms. Karen Byrd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="1B596FCD" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44F8E441" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ms. Julie Maddox</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="3EDE8C9C" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5122CB50" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mr. Jesse Parks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="77817FCD" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC5209F" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mrs. Carolyn Wolfe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="24D72F7B" w14:textId="77777777" w:rsidTr="00427A86">
+        <w:tblPrEx>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:tblCellMar>
+            <w:top w:w="15" w:type="dxa"/>
+            <w:left w:w="15" w:type="dxa"/>
+            <w:bottom w:w="15" w:type="dxa"/>
+            <w:right w:w="15" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6553F2D0" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mrs. Cindy Young</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C3AD1A" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr. Jeff Hauswald, Superintendent</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A586F60" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mrs. Michelle Ashley, Board Secretary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E10C80B" w14:textId="67285489" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ms. Shelbi Shultz, Board Attorney</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="349453B9" w14:textId="77777777" w:rsidTr="00427A86">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E9D7736" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="0044538B" w:rsidRDefault="0044538B">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="25A552A6" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A680BA9" w14:textId="47A525BB" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>II. APPROVAL OF MINUTES AND FINANCIAL STATEMENTS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...386 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="328B905D" w14:textId="77777777" w:rsidTr="00427A86">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10470" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11632F51" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...30 lines deleted...]
-              <w:t>II. APPROVAL OF MINUTES AND FINANCIAL STATEMENTS</w:t>
+          <w:p w14:paraId="395CA751" w14:textId="52606A5E" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Order #1 - Motion Passed:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dr. Jeff Hauswald, Superintendent recommended the Board approve the Minutes of November 13, 2025, Corporation Meeting and the Financial Statements, as presented passed with a motion by Mrs. Carolyn Wolfe and a second by Ms. Karen Byrd. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="2DE6D249" w14:textId="77777777" w:rsidTr="0044538B">
-[...8 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="15B3EB25" w14:textId="77777777" w:rsidTr="00427A86">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10470" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C29E299" w14:textId="251AF7EA" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="005A21E8">
+          <w:p w14:paraId="2F2E13A2" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="005A21E8">
+            <w:r w:rsidRPr="00427A86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5 Yeas - 0 Nays</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D98B9C0" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+    <w:p w14:paraId="3250B43F" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="744BC725" w14:textId="77777777">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="05F2FF54" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:tblCellSpacing w:w="0" w:type="dxa"/>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3900"/>
               <w:gridCol w:w="343"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="4D432C97" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="50A6459D" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="471ADB55" w14:textId="48723C8D" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="5D1FAB81" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Ms. Karen Byrd</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ms. Karen Byrd</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="6C5D2AE3" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="23034CCE" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="1D2D9845" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="2B401239" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="25128CE0" w14:textId="203DBCF2" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="15C97C84" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Ms. Julie Maddox</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ms. Julie Maddox</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="53B3360E" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="6DBA9DAE" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="53D7EC2D" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="55BA67FC" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="79375918" w14:textId="7ED0CE10" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="5407F1D8" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Mr. Jesse Parks</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Mr. Jesse Parks</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5B61D93D" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="4FD5BCD7" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="53659EBB" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="1C9E1C93" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="1D8C4D39" w14:textId="59C001B7" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="6B340D41" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Mrs. Carolyn Wolfe</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Mrs. Carolyn Wolfe</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="2A7B3323" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="46ED673B" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="6192D74B" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="0E3DB9DB" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="7C873DAD" w14:textId="4E71AC2F" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="78BAFA95" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Mrs. Cindy Young</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Mrs. Cindy Young</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="6B561C91" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="382C1566" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="595A3262" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+          <w:p w14:paraId="710FCB31" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A23C5B6" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+    <w:p w14:paraId="5639FBFA" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
-        <w:tblInd w:w="270" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10305"/>
+        <w:gridCol w:w="10800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="55644A01" w14:textId="77777777" w:rsidTr="0044538B">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="3BCBE070" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10245" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="525" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6964A6EA" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="09848415" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> Approval of Minutes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="2B611D37" w14:textId="77777777" w:rsidTr="0044538B">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="70613DDD" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10245" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="525" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="176DF51E" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> Approval of Financial Statements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="5835AC17" w14:textId="77777777">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0377F0E4" w14:textId="16A59C69" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D49ACF8" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D8F2971" w14:textId="113FF293" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>III. ADJOURNMENT</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0044538B" w:rsidRPr="005A21E8" w14:paraId="6F46874A" w14:textId="77777777" w:rsidTr="0044538B">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="13DD7B84" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10245" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C93DB08" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E17D89B" w14:textId="071211F9" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Order #2 - Motion Passed:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00427A86">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mr. Jesse Parks moved to adjourn the meeting at approximately 8:49 pm passed with a motion by Mrs. Carolyn Wolfe and a second by Ms. Karen Byrd. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="6623A5B9" w14:textId="77777777" w:rsidTr="0044538B">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="2C89D0FC" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10245" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:tcW w:w="10245" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="009997E8" w14:textId="05FDF45B" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="005A21E8">
+          <w:p w14:paraId="32D83C30" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00427A86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="005A21E8">
+            <w:r w:rsidRPr="00427A86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5 Yeas - 0 Nays</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67821D6D" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+    <w:p w14:paraId="3E231B54" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:vanish/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="2668152B" w14:textId="77777777">
+      <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="063C1A85" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:tblCellSpacing w:w="0" w:type="dxa"/>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3900"/>
               <w:gridCol w:w="343"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="64F44A16" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="7A13F5AA" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="05AFC48B" w14:textId="05DA3F45" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="63DC3FCD" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Ms. Karen Byrd</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ms. Karen Byrd</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="4313AD83" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="138896F5" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="286F95C5" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="6C0EC181" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0ACB237C" w14:textId="2BEE0C68" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="6AC47198" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Ms. Julie Maddox</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Ms. Julie Maddox</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="2E1CF855" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="0D46B15C" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="383F11AC" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="3F678620" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5BD16594" w14:textId="57BEB9C2" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="0D225CB7" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Mr. Jesse Parks</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Mr. Jesse Parks</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="0B32D5C1" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="7A4B8CDA" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="284AA4C8" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="7A8810ED" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="6695D50A" w14:textId="63B34C5B" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="01914814" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Mrs. Carolyn Wolfe</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Mrs. Carolyn Wolfe</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="1D1ACD82" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="3D86E18F" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="1B62EA36" w14:textId="77777777">
+            <w:tr w:rsidR="00BD72B7" w:rsidRPr="00427A86" w14:paraId="67740D89" w14:textId="77777777">
               <w:trPr>
                 <w:tblCellSpacing w:w="0" w:type="dxa"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3900" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="52A05B1B" w14:textId="2E71D439" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="50FE4191" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">    Mrs. Cindy Young</w:t>
+                  <w:r w:rsidRPr="00427A86">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Mrs. Cindy Young</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:vAlign w:val="center"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="6CD3FB77" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+                <w:p w14:paraId="4526400D" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005A21E8">
+                  <w:r w:rsidRPr="00427A86">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="3CBFD556" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+          <w:p w14:paraId="6A38204D" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="00427A86" w:rsidRDefault="00427A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0200CCB2" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+    <w:p w14:paraId="4AD20D0C" w14:textId="77777777" w:rsidR="00427A86" w:rsidRDefault="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:vanish/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="96"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE708A" w:rsidRPr="005A21E8" w14:paraId="2C8BF1E3" w14:textId="77777777">
+      <w:tr w:rsidR="00BD72B7" w14:paraId="2416BC1A" w14:textId="77777777">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73B9735F" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B">
+          <w:p w14:paraId="774B700E" w14:textId="77777777" w:rsidR="00427A86" w:rsidRDefault="00427A86">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00427A86" w14:paraId="5469A6CA" w14:textId="77777777">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC735D9" w14:textId="77777777" w:rsidR="00427A86" w:rsidRDefault="00427A86">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="289F97CA" w14:textId="77777777" w:rsidR="005A21E8" w:rsidRDefault="005A21E8" w:rsidP="0044538B">
-[...21 lines deleted...]
-    <w:p w14:paraId="24F35077" w14:textId="0BDFED4F" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B" w:rsidP="0044538B">
+    <w:p w14:paraId="122949E7" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="005A21E8" w:rsidRDefault="00427A86" w:rsidP="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A21E8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">    _______________________________</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2562A047" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B" w:rsidP="0044538B">
+    <w:p w14:paraId="5504CFF3" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="005A21E8" w:rsidRDefault="00427A86" w:rsidP="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="90" w:firstLine="630"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A21E8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">      Jesse Parks, Chair</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AB7C5D" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B" w:rsidP="0044538B">
+    <w:p w14:paraId="0B9CE095" w14:textId="77777777" w:rsidR="00427A86" w:rsidRPr="005A21E8" w:rsidRDefault="00427A86" w:rsidP="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74CEDAF1" w14:textId="77777777" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B" w:rsidP="0044538B">
-[...10 lines deleted...]
-    <w:p w14:paraId="3EB2439D" w14:textId="1179A1D9" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B" w:rsidP="0044538B">
+    <w:p w14:paraId="1C606223" w14:textId="76F1E3A1" w:rsidR="00427A86" w:rsidRPr="005A21E8" w:rsidRDefault="00427A86" w:rsidP="00427A86">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A21E8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">    ________________________________</w:t>
+        <w:t>________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCB4AF0" w14:textId="0242B4F0" w:rsidR="0044538B" w:rsidRPr="005A21E8" w:rsidRDefault="0044538B" w:rsidP="0044538B">
+    <w:p w14:paraId="173B0465" w14:textId="38B685C9" w:rsidR="00427A86" w:rsidRDefault="00427A86" w:rsidP="00427A86">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A21E8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="005A21E8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Cindy Young, Secretary</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0044538B" w:rsidRPr="005A21E8">
+    <w:sectPr w:rsidR="00427A86">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0044538B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FE708A"/>
+    <w:rsidRoot w:val="00427A86"/>
+    <w:rsid w:val="000F6E99"/>
+    <w:rsid w:val="00427A86"/>
+    <w:rsid w:val="008C48B3"/>
+    <w:rsid w:val="00BD72B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="197DEC88"/>
+  <w14:docId w14:val="74E3A95E"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8A9F2D72-C3DB-4DF4-AF87-69B849A6719D}"/>
+  <w15:docId w15:val="{FB202B33-D2F0-403C-A338-649CFE3A3F71}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2237,51 +2244,51 @@
       <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="white-background">
     <w:name w:val="white-background"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0044538B"/>
+    <w:rsid w:val="00427A86"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2579,55 +2586,55 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>227</Words>
-  <Characters>1348</Characters>
+  <Words>236</Words>
+  <Characters>1334</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Boone County Schools</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1572</CharactersWithSpaces>
+  <CharactersWithSpaces>1567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley, Michelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>